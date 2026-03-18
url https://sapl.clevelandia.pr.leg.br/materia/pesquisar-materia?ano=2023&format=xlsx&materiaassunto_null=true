--- v0 (2026-01-30)
+++ v1 (2026-03-18)
@@ -54,340 +54,340 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Rafaela Martins Losi</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/</t>
   </si>
   <si>
     <t>ACRESCENTA O ARTIGO 11-A, ALTERA O PARÁGRAFO 9° DO ARTIGO DA LEI MUNICIPAL N° 2.607/2007</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/34/projeto_de_lei002_zeis-2023_revogacao_lei_2803-2022.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/34/projeto_de_lei002_zeis-2023_revogacao_lei_2803-2022.docx</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 002/2023 DE 11 DE NOVEMBRO DE 2023 ( ZEIS)</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/31/projeto_de_lei03_-_criacao_do_projeto_lourdes_pocai_-_centro_tecnologico.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/31/projeto_de_lei03_-_criacao_do_projeto_lourdes_pocai_-_centro_tecnologico.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CENTRO DE INOVAÇÃO E TECNOLOGIA DO MUNICIPIO DE CLEVELÂNDIA - PR</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/35/projeto_de_lei004_-_revogacao_lei_2753-2021_2.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/35/projeto_de_lei004_-_revogacao_lei_2753-2021_2.docx</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 2.753/2023, DE 28 DE OUTUBRO DE 2021 ( GERAÇÃO DE RENDA E EMPREGO)</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/38/projeto_de_lei006-2023.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/38/projeto_de_lei006-2023.docx</t>
   </si>
   <si>
     <t>REVOGA O INCISO XI DO ARTIGO 15, OS PARÁGRAFOS 3° E 4° DO ARTIGO 8° E O INCISO III DO ARTIGO 69 E ALTERA O ARTIGO 16 E O PARÁGRAFO 9° DO ARTIGO 8° E DA LEI MUNICIPAL 2.683/2019.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/41/projeto_de_lei_-_revogacao_lei_2757-2021.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/41/projeto_de_lei_-_revogacao_lei_2757-2021.docx</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 2.757/2021, DE 03 DE DEZEMBRO DE 2021.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/39/projeto_de_lei_-_alteracao_da_casa_lar_vo_julia_em_acolhimento_institucional_-_abrigo_vo_julia.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/39/projeto_de_lei_-_alteracao_da_casa_lar_vo_julia_em_acolhimento_institucional_-_abrigo_vo_julia.docx</t>
   </si>
   <si>
     <t>DISPOE SOBRE A ALTERAÇÃO DE CASA LAR VÓ JULIA EM UNIDADE MUNICIPAL DE ACOLHIMENTO INSTITUCIONAL - ESTRUTURA NA MODALIDADE ABRIGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/42/projeto_de_lei_09-2023.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/42/projeto_de_lei_09-2023.docx</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL 1.646/2000 E DISPOE SOBRE A CRIAÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL DE PRODUTOS DE ORIGEM ANIMAL ( SIM/POA) NO MUNICÍPIO DE CLEVELÂNDIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/43/projeto_de_lei_09-2023.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/43/projeto_de_lei_09-2023.docx</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/45/projeto_de_lei_n_014-2023.pdf</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/45/projeto_de_lei_n_014-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL,  e dá outras providências.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/48/projeto_de_lei_015.2023__moradia_legal.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/48/projeto_de_lei_015.2023__moradia_legal.docx</t>
   </si>
   <si>
     <t>Dá publicidade aos termos da Regularização Fundiária com base no Provimento Conjunto n° 02/2020 do Tribunal de Justiça do estado do Paraná, legitima, instrumentaliza e autoriza o procedimento de titulação dos lotes inseridos em áreas irregulares do Município de Clevelândia, Estado do Paraná nos termos do Programa Moradia Legal, e dá outras providencias.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/49/projeto_de_lei_-16-2023.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/49/projeto_de_lei_-16-2023.docx</t>
   </si>
   <si>
     <t>Institui o Diário Oficial dos municípios do Paraná como veiculo oficial de comunicação dos atos normativos e administrativos do Município de Clevelândia- Pr e revoga-se a Lei n° 2.405/2012 e Decreto n° 59/2012</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/55/projeto_de_lei_-_cria_o_conselho_da_municipal_de_tecnologia_e_inovacao_e_o_fundo_municipal_1.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/55/projeto_de_lei_-_cria_o_conselho_da_municipal_de_tecnologia_e_inovacao_e_o_fundo_municipal_1.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Tecnologia e Inovação e do Fundo Municipal de Tecnologia e Inovação, e dá outras providências.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/51/projeto_de_lei20-_financiamento_caixa_economica_federal.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/51/projeto_de_lei20-_financiamento_caixa_economica_federal.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL, e dá outras providências.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/53/projeto_de_lei_-_22_-_2023-_refis.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/53/projeto_de_lei_-_22_-_2023-_refis.docx</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal - REFIS_x000D_
 Clevelândia 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei-23-2023_conselho_municipal_dos_direitos_da_mulher_1_1._docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei-23-2023_conselho_municipal_dos_direitos_da_mulher_1_1._docx</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal dos Direitos da Mulher  e do Fundo Municipal dos Direitos da Mulher e dá outras providências</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>O PROJETO DE LEI FOI APROVADOPOR UNANIMIDADE NO 13 DE NOVEMBRO</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_lei_-_seguranca_alimentar.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_lei_-_seguranca_alimentar.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI APROVADO POR UNANIMIDADE</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/58/projeto_de_lei_-_fundo_municipal_-_calamidades_publicas.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/58/projeto_de_lei_-_fundo_municipal_-_calamidades_publicas.docx</t>
   </si>
   <si>
     <t>PROJEO DE LEI APROVADO POR UNANIMIDADE</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 030/2023 FOI APROVADO POR UNANIMIDADE</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Legislativa</t>
   </si>
   <si>
     <t>Luciano Loyola</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_de_lei_n_001-2023-_l.pdf</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_de_lei_n_001-2023-_l.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA, A ASSOCIAÇÃO CULTURAL SEMEANDO O FUTURO HOJE.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/50/projeto_de_lei_n_006-2023l.pdf</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/50/projeto_de_lei_n_006-2023l.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADOÇÃO DE TESTES PARA RASTREAMENTO E AVALIUAÇÃO DE DISTÚRBIOIS DE APRENDIZAGEM E DÉFICITS VISUAIS E AUDITIVOS DECORRENTES DE ALTERAÇÃO VISUOPERCENTUAL E DE PROCESSAMENTO AUDITIVO CENTRAL NOS ALUNOS DA REDE MUNICIPAL DE CLEVELÂNDIA- PR</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/33/projerto_de_lei_complementar_001-2023-_estatuto_dos_servidores.docx</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/33/projerto_de_lei_complementar_001-2023-_estatuto_dos_servidores.docx</t>
   </si>
   <si>
     <t>ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE CLEVELANDIA- ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Projeto Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/52/substituicao_projeto_de_lei_-_emprego_e_renda_c.c_progrid.pdf</t>
+    <t>http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/52/substituicao_projeto_de_lei_-_emprego_e_renda_c.c_progrid.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Desenvolvimento Econômico de Clevelândia – PRODEC, o Conselho Municipal de Desenvolvimento Econômico e o Fundo Municipal de Desenvolvimento Econômico.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -694,68 +694,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/34/projeto_de_lei002_zeis-2023_revogacao_lei_2803-2022.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/31/projeto_de_lei03_-_criacao_do_projeto_lourdes_pocai_-_centro_tecnologico.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/35/projeto_de_lei004_-_revogacao_lei_2753-2021_2.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/38/projeto_de_lei006-2023.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/41/projeto_de_lei_-_revogacao_lei_2757-2021.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/39/projeto_de_lei_-_alteracao_da_casa_lar_vo_julia_em_acolhimento_institucional_-_abrigo_vo_julia.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/42/projeto_de_lei_09-2023.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/43/projeto_de_lei_09-2023.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/45/projeto_de_lei_n_014-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/48/projeto_de_lei_015.2023__moradia_legal.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/49/projeto_de_lei_-16-2023.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/55/projeto_de_lei_-_cria_o_conselho_da_municipal_de_tecnologia_e_inovacao_e_o_fundo_municipal_1.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/51/projeto_de_lei20-_financiamento_caixa_economica_federal.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/53/projeto_de_lei_-_22_-_2023-_refis.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei-23-2023_conselho_municipal_dos_direitos_da_mulher_1_1._docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_lei_-_seguranca_alimentar.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/58/projeto_de_lei_-_fundo_municipal_-_calamidades_publicas.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_de_lei_n_001-2023-_l.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/50/projeto_de_lei_n_006-2023l.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/33/projerto_de_lei_complementar_001-2023-_estatuto_dos_servidores.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/52/substituicao_projeto_de_lei_-_emprego_e_renda_c.c_progrid.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/34/projeto_de_lei002_zeis-2023_revogacao_lei_2803-2022.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/31/projeto_de_lei03_-_criacao_do_projeto_lourdes_pocai_-_centro_tecnologico.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/35/projeto_de_lei004_-_revogacao_lei_2753-2021_2.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/38/projeto_de_lei006-2023.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/41/projeto_de_lei_-_revogacao_lei_2757-2021.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/39/projeto_de_lei_-_alteracao_da_casa_lar_vo_julia_em_acolhimento_institucional_-_abrigo_vo_julia.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/42/projeto_de_lei_09-2023.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/43/projeto_de_lei_09-2023.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/45/projeto_de_lei_n_014-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/48/projeto_de_lei_015.2023__moradia_legal.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/49/projeto_de_lei_-16-2023.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/55/projeto_de_lei_-_cria_o_conselho_da_municipal_de_tecnologia_e_inovacao_e_o_fundo_municipal_1.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/51/projeto_de_lei20-_financiamento_caixa_economica_federal.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/53/projeto_de_lei_-_22_-_2023-_refis.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei-23-2023_conselho_municipal_dos_direitos_da_mulher_1_1._docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_lei_-_seguranca_alimentar.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/58/projeto_de_lei_-_fundo_municipal_-_calamidades_publicas.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_de_lei_n_001-2023-_l.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/50/projeto_de_lei_n_006-2023l.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/33/projerto_de_lei_complementar_001-2023-_estatuto_dos_servidores.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.clevelandia.pr.leg.br/media/sapl/public/materialegislativa/2023/52/substituicao_projeto_de_lei_-_emprego_e_renda_c.c_progrid.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="167.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="166.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>